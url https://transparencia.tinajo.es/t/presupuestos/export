--- v0 (2025-11-03)
+++ v1 (2026-01-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -117,50 +117,53 @@
     <t>cap_4_ingresos</t>
   </si>
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
+  </si>
+  <si>
+    <t>https://transparencia.tinajo.es/vp</t>
   </si>
   <si>
     <t>https://transparencia.tinajo.es/storage/uploads/174436575438.-anuncio-de-aprobacion-inicial-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/174436575436.-dictamen-comision-de-hacienda-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/174436575423_cer~1-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/175076014923%20Dictamen%20Comisi%C3%B3n%20de%20Hacienda.ods , https://transparencia.tinajo.es/storage/uploads/175076014924%20CERTIFICADO%202024-0170%20%5BAcuerdo%20del%20Pleno%20de%20aprobaci%C3%B3n%20inicial%5D.ods , https://transparencia.tinajo.es/storage/uploads/175076014725%20Anuncio%20de%20aprobaci%C3%B3n%20inicial.ods</t>
   </si>
   <si>
     <t>https://transparencia.tinajo.es/storage/uploads/174436575444.-anuncio-de-aprobacion-definitiva-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/174436575345.-oficio-remision-aprobacion-definitiva-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/175076014826%20OFICIO%20REMISI%C3%93N%20BOP.ods , https://transparencia.tinajo.es/storage/uploads/175076014929%20Anuncio%20de%20aprobaci%C3%B3n%20definitiva.ods , https://transparencia.tinajo.es/storage/uploads/175076014830%20OFICIO%20REMISI%C3%93N%20APROBACI%C3%93N%20DEFINITIVA%20(1).ods</t>
   </si>
   <si>
     <t>https://transparencia.tinajo.es/storage/uploads/174436575343.-providencia-de-alcaldia.-no-hay-alegaciones-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/175075889201%20Providencia%20de%20Alcald%C3%ADa.odt</t>
   </si>
   <si>
     <t>https://transparencia.tinajo.es/storage/uploads/174436575317_otros_presupuesto-ingresos-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/175076014817%20Presupuesto%20Ingresos.ods</t>
   </si>
   <si>
     <t>https://transparencia.tinajo.es/storage/uploads/174436575418_otros_presupuesto-de-gastos-funcional-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/175076014818%20Presupuesto%20de%20Gastos%20Funcional.ods , https://transparencia.tinajo.es/storage/uploads/175076014819%20Presupuesto%20de%20Gastos%20Econ%C3%B3mica.ods</t>
   </si>
   <si>
     <t>https://transparencia.tinajo.es/storage/uploads/174436575518.-memoria-capitulo-1-gastos-de-personal-ano-2024-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/174436575414.-memoria-explicativa-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/175075889202%20Memoria%20Explicativa.odt , https://transparencia.tinajo.es/storage/uploads/175076014806%20Memoria%20Cap%C3%ADtulo%201%20Gastos%20de%20Personal.ods</t>
   </si>
   <si>
     <t>https://transparencia.tinajo.es/storage/uploads/174436575504_acuerdo_bases-de-ejecucion-del-presupuesto-general-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/175076014804%20Bases%20de%20Ejecucion%20del%20Presupuesto%20General.ods</t>
   </si>
   <si>
     <t>https://transparencia.tinajo.es/storage/uploads/174436575407_informe_informe-de-control-permanente-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/174436575405_informe_informe-economico-financiero-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/174436575415.-informe-de-secretaria-2024-0635-informe-de-secretaria-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/174436575411_inf~1-presupuesto-2024.pdf , https://transparencia.tinajo.es/storage/uploads/175075889303%20Informe%20de%20Secretaria.odt , https://transparencia.tinajo.es/storage/uploads/175076014805%20Informe%20Econ%C3%B3mico%20-%20Financiero.ods , https://transparencia.tinajo.es/storage/uploads/175076014907%20Informe%20de%20Control%20Permanente.ods , https://transparencia.tinajo.es/storage/uploads/175076014811%20Informe%20de%20Intervenci%C3%B3n%20Evaluaci%C3%B3n%20Estabilidad,%20Regla%20del%20gasto%20y%20Deuda%20P%C3%BAblica.ods , https://transparencia.tinajo.es/storage/uploads/175076014822%20Informe-Propuesta%20de%20Resoluci%C3%B3n.ods</t>
   </si>
@@ -687,51 +690,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI4"/>
+  <dimension ref="A1:AI5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="818" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="682" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="270" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="617" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="399" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="528" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="317" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="1268" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="1670" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
@@ -841,307 +844,318 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>285</v>
+        <v>342</v>
       </c>
       <c r="B2">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="C2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="L2" t="s">
         <v>35</v>
-      </c>
-[...76 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G3" t="s">
+        <v>40</v>
+      </c>
+      <c r="H3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J3" t="s">
+        <v>43</v>
+      </c>
+      <c r="L3" t="s">
+        <v>44</v>
+      </c>
+      <c r="M3" t="s">
+        <v>45</v>
+      </c>
+      <c r="N3" t="s">
+        <v>46</v>
+      </c>
+      <c r="O3" t="s">
+        <v>47</v>
+      </c>
+      <c r="P3">
+        <v>30000</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>48</v>
+      </c>
+      <c r="S3" t="s">
+        <v>49</v>
+      </c>
+      <c r="U3">
+        <v>83150</v>
+      </c>
+      <c r="V3">
+        <v>65000</v>
+      </c>
+      <c r="W3" t="s">
+        <v>45</v>
+      </c>
+      <c r="X3">
+        <v>2229400</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>50</v>
+      </c>
+      <c r="Z3">
+        <v>651125</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>53</v>
+      </c>
+      <c r="AE3">
+        <v>18150</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>54</v>
+      </c>
+      <c r="AH3" t="s">
         <v>55</v>
-      </c>
-[...82 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B4">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C4" t="s">
-        <v>81</v>
+        <v>56</v>
+      </c>
+      <c r="D4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" t="s">
+        <v>58</v>
+      </c>
+      <c r="G4" t="s">
+        <v>59</v>
       </c>
       <c r="H4" t="s">
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="I4" t="s">
-        <v>83</v>
+        <v>61</v>
+      </c>
+      <c r="J4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L4" t="s">
+        <v>63</v>
       </c>
       <c r="M4" t="s">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="N4" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="O4" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="P4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="Q4" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="R4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="S4" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="T4">
         <v>0</v>
       </c>
       <c r="U4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="V4" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="W4" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="X4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Y4" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="Z4" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="AA4" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="AB4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AC4">
         <v>0</v>
       </c>
       <c r="AD4" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE4">
+        <v>18.15</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>80</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="5" spans="1:35">
+      <c r="A5" s="2">
+        <v>278</v>
+      </c>
+      <c r="B5">
+        <v>2022</v>
+      </c>
+      <c r="C5" t="s">
+        <v>82</v>
+      </c>
+      <c r="H5" t="s">
+        <v>83</v>
+      </c>
+      <c r="I5" t="s">
+        <v>84</v>
+      </c>
+      <c r="M5" t="s">
+        <v>85</v>
+      </c>
+      <c r="N5" t="s">
+        <v>86</v>
+      </c>
+      <c r="O5" t="s">
+        <v>87</v>
+      </c>
+      <c r="P5" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>88</v>
+      </c>
+      <c r="R5" t="s">
+        <v>69</v>
+      </c>
+      <c r="S5" t="s">
+        <v>89</v>
+      </c>
+      <c r="T5">
+        <v>0</v>
+      </c>
+      <c r="U5" t="s">
+        <v>71</v>
+      </c>
+      <c r="V5" t="s">
+        <v>90</v>
+      </c>
+      <c r="W5" t="s">
+        <v>91</v>
+      </c>
+      <c r="X5" t="s">
+        <v>74</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>92</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>93</v>
+      </c>
+      <c r="AA5" t="s">
         <v>94</v>
       </c>
-      <c r="AE4" t="s">
+      <c r="AB5" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC5">
+        <v>0</v>
+      </c>
+      <c r="AD5" t="s">
         <v>95</v>
       </c>
-      <c r="AF4" t="s">
+      <c r="AE5" t="s">
         <v>96</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">